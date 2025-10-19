--- v0 (2025-10-13)
+++ v1 (2025-10-19)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Z4VH 335-11Z-M20-1699</t>
   </si>
   <si>
     <t>Metallgehäuse
 große Auswahl an Betätigungselementen
 weitgehend öl- und benzinbeständig
 40,5 mm x 76 mm x 38 mm
 Betätigungselemente um 4 x 90° umsetzbar
 Bauform nach EN 50041</t>
   </si>
   <si>
     <t>Bestelldaten</t>
   </si>
   <si>
     <t>Hinweis (Lieferfähigkeit)</t>
   </si>
   <si>
     <t>Nicht mehr lieferbar!</t>
   </si>
   <si>
     <t>Produkt-Typbezeichnung</t>
   </si>
   <si>
     <t>Artikelnummer (Bestellnummer)</t>
@@ -269,75 +269,81 @@
   <si>
     <t>1.000 A</t>
   </si>
   <si>
     <t>Spannung, Gebrauchskategorie AC-15</t>
   </si>
   <si>
     <t>230 VAC</t>
   </si>
   <si>
     <t>Strom, Gebrauchskategorie AC-15</t>
   </si>
   <si>
     <t>4 A</t>
   </si>
   <si>
     <t>Spannung, Gebrauchskategorie DC-13</t>
   </si>
   <si>
     <t>24 VDC</t>
   </si>
   <si>
     <t>Strom, Gebrauchskategorie DC-13</t>
   </si>
   <si>
+    <t>Schaltelement</t>
+  </si>
+  <si>
+    <t>1 Schließer (NO), 1 Öffner (NC)</t>
+  </si>
+  <si>
     <t>Schaltprinzip</t>
   </si>
   <si>
     <t>Sprungschaltung</t>
   </si>
   <si>
     <t>Maximale Schalthäufigkeit</t>
   </si>
   <si>
     <t>5.000 /h</t>
   </si>
   <si>
     <t>Werkstoff der Kontakte, elektrisch</t>
   </si>
   <si>
     <t>Silber</t>
   </si>
   <si>
     <t>AVS Schmersal Vertriebs GmbH, Wienerbergstraße 9, A-1100 Wien</t>
   </si>
   <si>
     <t>Die genannten Daten und Angaben wurden sorgfältig geprüft. Abbildungen können vom Original abweichen. Weitere technische Daten finden Sie in der Betriebsanleitung. Technische Änderungen und Irrtümer vorbehalten.</t>
   </si>
   <si>
-    <t>Generiert am: 13.10.2025, 13:58</t>
+    <t>Generiert am: 19.10.2025, 18:14</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,54 +742,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B72"/>
+  <dimension ref="A1:B73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:B67"/>
+      <selection activeCell="A1" sqref="A1:B68"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" customHeight="1" ht="55">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
     </row>
     <row r="3" spans="1:2" customHeight="1" ht="25">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1"/>
     </row>
     <row r="4" spans="1:2" customHeight="1" ht="305">
       <c r="A4" s="1"/>
       <c r="B4" s="1" t="s">
@@ -1206,63 +1212,71 @@
     </row>
     <row r="65" spans="1:2">
       <c r="A65" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="67" spans="1:2">
       <c r="A67" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="70" spans="1:2">
-      <c r="A70" t="s">
+    <row r="68" spans="1:2">
+      <c r="A68" s="1" t="s">
         <v>88</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="71" spans="1:2">
       <c r="A71" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="72" spans="1:2">
       <c r="A72" t="s">
-        <v>90</v>
+        <v>91</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2">
+      <c r="A73" t="s">
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="A34:B34"/>
     <mergeCell ref="A37:B37"/>
     <mergeCell ref="A45:B45"/>
     <mergeCell ref="A50:B50"/>
     <mergeCell ref="A55:B55"/>
     <mergeCell ref="A58:B58"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>