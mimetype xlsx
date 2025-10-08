--- v0 (2025-10-08)
+++ v1 (2025-10-08)
@@ -336,51 +336,51 @@
   <si>
     <t>Maximale Schalthäufigkeit</t>
   </si>
   <si>
     <t>5.000 /h</t>
   </si>
   <si>
     <t>Umschaltzeit, maximum</t>
   </si>
   <si>
     <t>5,5 ms</t>
   </si>
   <si>
     <t>Werkstoff der Kontakte, elektrisch</t>
   </si>
   <si>
     <t>Silber</t>
   </si>
   <si>
     <t>AVS Schmersal Vertriebs GmbH, Wienerbergstraße 9, A-1100 Wien</t>
   </si>
   <si>
     <t>Die genannten Daten und Angaben wurden sorgfältig geprüft. Abbildungen können vom Original abweichen. Weitere technische Daten finden Sie in der Betriebsanleitung. Technische Änderungen und Irrtümer vorbehalten.</t>
   </si>
   <si>
-    <t>Generiert am: 08.10.2025, 04:14</t>
+    <t>Generiert am: 08.10.2025, 16:23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>