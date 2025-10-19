--- v0 (2025-10-18)
+++ v1 (2025-10-19)
@@ -342,51 +342,51 @@
   </si>
   <si>
     <t>Werkstoff der Kontakte, elektrisch</t>
   </si>
   <si>
     <t>Silber</t>
   </si>
   <si>
     <t>Hinweis</t>
   </si>
   <si>
     <t>Hinweis (Allgemein)</t>
   </si>
   <si>
     <t>Empfohlene Seillänge bei Seilzug-Notschaltern in Abhängigkeit von dem Umgebungstemperaturbereich.
 Da sich bei Seilzug die Seilkauschen verformen, sollte das Seil nach der Montage mehrmals kräftig gezogen werden. Anschließend sollte das Seil über die Augenschraube bzw. ein Spannschloss nachgespannt werden.
 In Abständen von 2 bis 5 Metern ist jeweils eine Seilunterstützung erforderlich, siehe Zubehör</t>
   </si>
   <si>
     <t>K.A. Schmersal GmbH &amp; Co. KG, Möddinghofe 30, 42279 Wuppertal</t>
   </si>
   <si>
     <t>Die genannten Daten und Angaben wurden sorgfältig geprüft. Abbildungen können vom Original abweichen. Weitere technische Daten finden Sie in der Betriebsanleitung. Technische Änderungen und Irrtümer vorbehalten.</t>
   </si>
   <si>
-    <t>Generiert am: 18.10.2025, 20:41</t>
+    <t>Generiert am: 19.10.2025, 23:03</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>