--- v0 (2025-10-18)
+++ v1 (2025-10-19)
@@ -399,51 +399,51 @@
 BPS 303 SS</t>
   </si>
   <si>
     <t>Empfehlung Sicherheitsschaltgerät</t>
   </si>
   <si>
     <t>SRB-E-301ST
 SRB-E-201LC</t>
   </si>
   <si>
     <t>Hinweis</t>
   </si>
   <si>
     <t>Hinweis (Allgemein)</t>
   </si>
   <si>
     <t>Darstellung der Kontaktsymbole bei geschlossener Schutzeinrichtung.</t>
   </si>
   <si>
     <t>K.A. Schmersal GmbH &amp; Co. KG, Möddinghofe 30, 42279 Wuppertal</t>
   </si>
   <si>
     <t>Die genannten Daten und Angaben wurden sorgfältig geprüft. Abbildungen können vom Original abweichen. Weitere technische Daten finden Sie in der Betriebsanleitung. Technische Änderungen und Irrtümer vorbehalten.</t>
   </si>
   <si>
-    <t>Generiert am: 18.10.2025, 18:59</t>
+    <t>Generiert am: 19.10.2025, 22:51</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>