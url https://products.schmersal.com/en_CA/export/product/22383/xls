--- v0 (2025-10-06)
+++ v1 (2025-10-10)
@@ -333,51 +333,51 @@
   <si>
     <t>Bounce duration, maximum</t>
   </si>
   <si>
     <t>1.5 ms</t>
   </si>
   <si>
     <t>Switchover time, maximum</t>
   </si>
   <si>
     <t>10 ms</t>
   </si>
   <si>
     <t>Material of the contacts, electrical</t>
   </si>
   <si>
     <t>Silver</t>
   </si>
   <si>
     <t>Schmersal Canada Ltd., 29 Centennial Road, Unit 1, Orangeville, Ontario L9W 1R1 Canada</t>
   </si>
   <si>
     <t>The details and data referred to have been carefully checked. Images may diverge from original. Further technical data can be found in the manual. Technical amendments and errors possible.</t>
   </si>
   <si>
-    <t>Generated on: 2025-10-06, 5:17 a.m.</t>
+    <t>Generated on: 2025-10-10, 10:53 a.m.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>