--- v0 (2025-10-18)
+++ v1 (2025-10-21)
@@ -343,51 +343,51 @@
   <si>
     <t>Maximale Schalthäufigkeit</t>
   </si>
   <si>
     <t>5,000 /h</t>
   </si>
   <si>
     <t>Switchover time, maximum</t>
   </si>
   <si>
     <t>5.5 ms</t>
   </si>
   <si>
     <t>Material of the contacts, electrical</t>
   </si>
   <si>
     <t>Silver</t>
   </si>
   <si>
     <t>Schmersal Ltd., Sparrowhawk Close, WR14 1GL Malvern</t>
   </si>
   <si>
     <t>The details and data referred to have been carefully checked. Images may diverge from original. Further technical data can be found in the manual. Technical amendments and errors possible.</t>
   </si>
   <si>
-    <t>Generated on: 18/10/2025, 18:27</t>
+    <t>Generated on: 21/10/2025, 02:51</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>