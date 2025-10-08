--- v0 (2025-10-08)
+++ v1 (2025-10-08)
@@ -360,51 +360,51 @@
     <t>Backplane bus connector
 Connector terminals</t>
   </si>
   <si>
     <t>Electrical data - Spindle monitoring</t>
   </si>
   <si>
     <t>Number of axis monitoring, max.</t>
   </si>
   <si>
     <t>Drive monitoring, encoder typ</t>
   </si>
   <si>
     <t>SSI
 TTL
 SINCOS
 Proximity switch</t>
   </si>
   <si>
     <t>Schmersal, Inc., 115 E Stevens Ave, Suite 208, Valhalla, NY 10595</t>
   </si>
   <si>
     <t>The details and data referred to have been carefully checked. Images may diverge from original. Further technical data can be found in the manual. Technical amendments and errors possible.</t>
   </si>
   <si>
-    <t>Generated on: 10/8/2025, 12:13 AM</t>
+    <t>Generated on: 10/8/2025, 12:22 PM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>