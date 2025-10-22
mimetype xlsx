--- v0 (2025-10-21)
+++ v1 (2025-10-22)
@@ -248,51 +248,51 @@
   </si>
   <si>
     <t>Frecuencia máxima de conmutación</t>
   </si>
   <si>
     <t>5 /h</t>
   </si>
   <si>
     <t>Otros datos</t>
   </si>
   <si>
     <t>Nota (aplicaciones)</t>
   </si>
   <si>
     <t>Resguardo de seguridad, corredera
 Resguardo de seguridad, desmontable
 Resguardo de seguridad, pivotante</t>
   </si>
   <si>
     <t>ACE Schmersal Eletroeletrônica Ind. Ltda, Av. Brasil, nº 815, Jardim Esplanada – CEP 18557-646 Boituva/SP</t>
   </si>
   <si>
     <t>Los datos e información anteriores se han verificado cuidadosamente. Las imágenes pueden diferir del original. Se pueden encontrar más datos técnicos en los manuales de instrucciones. Sujeto a cambios técnicos y errores.</t>
   </si>
   <si>
-    <t>Generado a 21/10/2025 00:48</t>
+    <t>Generado a 22/10/2025 18:09</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>