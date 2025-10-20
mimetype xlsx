--- v0 (2025-10-18)
+++ v1 (2025-10-20)
@@ -337,51 +337,51 @@
   <si>
     <t>5.000 /h</t>
   </si>
   <si>
     <t>Material de los contactos, eléctricos</t>
   </si>
   <si>
     <t>Plata</t>
   </si>
   <si>
     <t>Nota</t>
   </si>
   <si>
     <t>Nota (en general)</t>
   </si>
   <si>
     <t>Wyłącznik z 2 zestykami NO nie nadaje się do zadań związanych z bezpieczeństwem</t>
   </si>
   <si>
     <t>Schmersal Ibérica, S.L., Rambla P. Catalanes, Nº 12, 08800 Vilanova i la Geltrú</t>
   </si>
   <si>
     <t>Los datos e información anteriores se han verificado cuidadosamente. Las imágenes pueden diferir del original. Se pueden encontrar más datos técnicos en los manuales de instrucciones. Sujeto a cambios técnicos y errores.</t>
   </si>
   <si>
-    <t>Generado a 18/10/2025 17:37</t>
+    <t>Generado a 20/10/2025 7:57</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>