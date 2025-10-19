--- v0 (2025-10-18)
+++ v1 (2025-10-19)
@@ -242,51 +242,51 @@
   </si>
   <si>
     <t>kytkentätaajuus</t>
   </si>
   <si>
     <t>5 /h</t>
   </si>
   <si>
     <t>Tietoja</t>
   </si>
   <si>
     <t>Huomautus (sovelluskäytöt)</t>
   </si>
   <si>
     <t>liukusuojus
 irroitettava suojus
 avattava suojus</t>
   </si>
   <si>
     <t>Schmersal Finland Oy, Äyritie 12 B, 01510 Vantaa</t>
   </si>
   <si>
     <t>Tiedot ja arvot on tarkastettu huolellisesti. Kuvat voivat poiketa alkuperäisestä. Tarkemmat tekniset tiedot löytyvät manuaalista. Pidätämme oikeuden teknisiin muutoksiin ja virheisiin.</t>
   </si>
   <si>
-    <t>Luotu: 18.10.2025 16.57</t>
+    <t>Luotu: 19.10.2025 20.50</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>