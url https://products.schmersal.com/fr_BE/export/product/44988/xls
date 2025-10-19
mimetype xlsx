--- v0 (2025-10-19)
+++ v1 (2025-10-19)
@@ -515,51 +515,51 @@
   <si>
     <t>Slave Series wiring</t>
   </si>
   <si>
     <t>Inclus dans la livraison</t>
   </si>
   <si>
     <t xml:space="preserve">Kit avec 2 équerres de montage </t>
   </si>
   <si>
     <t>Accessoires</t>
   </si>
   <si>
     <t>Recommandation dispositif de commutation de sécurité</t>
   </si>
   <si>
     <t>SRB-E 301</t>
   </si>
   <si>
     <t>Schmersal Belgium, Nieuwlandlaan 73, 3200 Aarschot</t>
   </si>
   <si>
     <t>Les données et les valeurs ont été soigneusement vérifiées. Les illustrations peuvent être différentes de l'original. Vous trouverez d'avantage de caractéristiques techniques dans les manuels d’instructions. Sous réserve de modifications techniques et errata.</t>
   </si>
   <si>
-    <t>Généré le: 19/10/2025 15:11</t>
+    <t>Généré le: 19/10/2025 23:42</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>