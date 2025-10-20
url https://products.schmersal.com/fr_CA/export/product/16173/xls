--- v0 (2025-10-20)
+++ v1 (2025-10-20)
@@ -220,51 +220,51 @@
   <si>
     <t>24 VDC</t>
   </si>
   <si>
     <t>1 A</t>
   </si>
   <si>
     <t>Switching element</t>
   </si>
   <si>
     <t>Inverseur (NO/NF)</t>
   </si>
   <si>
     <t>Switching principle</t>
   </si>
   <si>
     <t>Rupture brusque</t>
   </si>
   <si>
     <t>Schmersal Canada Ltd., 29 Centennial Road, Unit 1, Orangeville, Ontario L9W 1R1 Canada</t>
   </si>
   <si>
     <t>Les données et les valeurs ont été soigneusement vérifiées. Les illustrations peuvent être différentes de l'original. Vous trouverez d'avantage de caractéristiques techniques dans les manuels d’instructions. Sous réserve de modifications techniques et errata.</t>
   </si>
   <si>
-    <t>Généré le: 2025-10-20 07 h 28</t>
+    <t>Généré le: 2025-10-20 14 h 20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>