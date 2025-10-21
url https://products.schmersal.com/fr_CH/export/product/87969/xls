--- v0 (2025-10-21)
+++ v1 (2025-10-21)
@@ -248,51 +248,51 @@
   </si>
   <si>
     <t>Fréquence de manœuvres</t>
   </si>
   <si>
     <t>5 /h</t>
   </si>
   <si>
     <t>Données diverses</t>
   </si>
   <si>
     <t>Remarque (applications)</t>
   </si>
   <si>
     <t>protecteur coulissant
 protecteur amovible
 protecteur pivotant</t>
   </si>
   <si>
     <t>Schmersal Schweiz AG, Moosmattstraße 3, 8905 Arni</t>
   </si>
   <si>
     <t>Les données et les valeurs ont été soigneusement vérifiées. Les illustrations peuvent être différentes de l'original. Vous trouverez d'avantage de caractéristiques techniques dans les manuels d’instructions. Sous réserve de modifications techniques et errata.</t>
   </si>
   <si>
-    <t>Généré le: 21.10.2025 06:49</t>
+    <t>Généré le: 21.10.2025 14:26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>