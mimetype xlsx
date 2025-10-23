--- v0 (2025-10-10)
+++ v1 (2025-10-23)
@@ -402,51 +402,51 @@
   <si>
     <t>Frequenza di commutazione massima</t>
   </si>
   <si>
     <t>1.800 /h</t>
   </si>
   <si>
     <t>Materiale dei contatti, elettrici</t>
   </si>
   <si>
     <t>Argento</t>
   </si>
   <si>
     <t>Fornitura</t>
   </si>
   <si>
     <t xml:space="preserve">Pressacavo certificato EX </t>
   </si>
   <si>
     <t>Schmersal Schweiz AG, Moosmattstraße 3, 8905 Arni</t>
   </si>
   <si>
     <t>I dettagli e i dati qui riportati sono stati attentamente verificati. Le immagini possono differire dagli originali. Altri dati tecnici possono essere trovati nei manuali. Salvo modifiche tecniche o errori.</t>
   </si>
   <si>
-    <t>Generato il 10.10.2025, 06:07</t>
+    <t>Generato il 23.10.2025, 11:35</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>