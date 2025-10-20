--- v0 (2025-10-18)
+++ v1 (2025-10-20)
@@ -316,51 +316,51 @@
     <t>Frequenza di commutazione massima</t>
   </si>
   <si>
     <t>120 /h</t>
   </si>
   <si>
     <t>Materiale dei contatti, elettrici</t>
   </si>
   <si>
     <t>Argento</t>
   </si>
   <si>
     <t>Nota (generale)</t>
   </si>
   <si>
     <t>L&amp;apos;angolo di apertura impostato in fabbrica corrisponde a 4°.
 La cerniera aggiuntiva include il materiale per il montaggio ed è ordinabile, con la descrizione TES/S.</t>
   </si>
   <si>
     <t>Schmersal Italia S.r.l., Via Molino Vecchio, 206, 25010 Borgosatollo (BS)</t>
   </si>
   <si>
     <t>I dettagli e i dati qui riportati sono stati attentamente verificati. Le immagini possono differire dagli originali. Altri dati tecnici possono essere trovati nei manuali. Salvo modifiche tecniche o errori.</t>
   </si>
   <si>
-    <t>Generato il 18/10/2025, 19:06</t>
+    <t>Generato il 20/10/2025, 05:38</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>