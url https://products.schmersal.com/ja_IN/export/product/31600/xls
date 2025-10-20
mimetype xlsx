--- v0 (2025-10-19)
+++ v1 (2025-10-20)
@@ -166,51 +166,51 @@
     <t>Depth</t>
   </si>
   <si>
     <t>Ambient conditions</t>
   </si>
   <si>
     <t>Degree of protection</t>
   </si>
   <si>
     <t>IP67
 IP69K</t>
   </si>
   <si>
     <t>Ambient temperature</t>
   </si>
   <si>
     <t>-25 ... +80 °C</t>
   </si>
   <si>
     <t xml:space="preserve">Schmersal India Pvt. Ltd., Plot No - G-7/1, Ranjangaon MIDC, Tal. - Shirur, Dist.- Pune 412 220 </t>
   </si>
   <si>
     <t>データと詳細は完全にチェックされました。画像は元の画像と異なる場合があります。技術的なデータはマニュアルで見られます。技術的に変更されたり、エラーの可能性があります。</t>
   </si>
   <si>
-    <t>Generated on 2025/10/19 9:40</t>
+    <t>Generated on 2025/10/20 7:31</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>