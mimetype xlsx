--- v0 (2025-10-20)
+++ v1 (2025-10-21)
@@ -362,51 +362,51 @@
   <si>
     <t>Maximale schakelfrequentie</t>
   </si>
   <si>
     <t>5.000 /h</t>
   </si>
   <si>
     <t>Omschakeltijd, maximum</t>
   </si>
   <si>
     <t>5,5 ms</t>
   </si>
   <si>
     <t>Materiaal van de contacten, elektrisch</t>
   </si>
   <si>
     <t>Zilver</t>
   </si>
   <si>
     <t>Schmersal Nederland B.V., Lorentzstraat 31, 3846 AV Harderwijk</t>
   </si>
   <si>
     <t>De genoemde gegevens en informatie zijn zorgvuldig gecontroleerd. Afbeeldingen kunnen afwijken van het origineel. Verdere technische gegevens zijn te vinden in de handleiding. Technische wijzigingen en fouten voorbehouden.</t>
   </si>
   <si>
-    <t>Gegenereerd op 21-10-2025 00:27</t>
+    <t>Gegenereerd op 21-10-2025 23:33</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>