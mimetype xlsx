--- v0 (2025-10-11)
+++ v1 (2025-10-13)
@@ -353,51 +353,51 @@
   <si>
     <t>Zasada przełączania</t>
   </si>
   <si>
     <t>Działanie migowe</t>
   </si>
   <si>
     <t>Maksymalna częstotliwość przełączania</t>
   </si>
   <si>
     <t>5.000 /h</t>
   </si>
   <si>
     <t>Materiał zestyków, elektrycznych</t>
   </si>
   <si>
     <t>Srebro</t>
   </si>
   <si>
     <t>Schmersal-Polska Sp.j., ul. Baletowa 29, 02-867 Warszawa</t>
   </si>
   <si>
     <t>Dane zostały starannie sprawdzone. Zdjęcia mogą odbiegać od rzeczywistości. Dalsze dane techniczne znajdują się w instrukcji obsługi. Możliwe są zmiany i błędy techniczne.</t>
   </si>
   <si>
-    <t>Wygenerowano dnia 11.10.2025, 09:48</t>
+    <t>Wygenerowano dnia 13.10.2025, 11:02</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>