--- v0 (2025-10-06)
+++ v1 (2025-10-10)
@@ -322,51 +322,51 @@
   <si>
     <t>Indicação de estado</t>
   </si>
   <si>
     <t>Orientação (Indicação integrada, estado)</t>
   </si>
   <si>
     <t>LED amarela indica</t>
   </si>
   <si>
     <t>Orientação</t>
   </si>
   <si>
     <t>Orientação (geral)</t>
   </si>
   <si>
     <t>É possível montar “n” equipamentos um ao lado do outro, sem que surja qualquer tipo de interferência</t>
   </si>
   <si>
     <t>Schmersal Ibérica, S.L., Rambla P. Catalanes, Nº 12, 08800 Vilanova i la Geltrú</t>
   </si>
   <si>
     <t>Os dados e informações anteriores foram verificados cuidadosamente. As imagens podem ser diferentes do original. Mais informações técnicas podem ser encontradas nos manuais de instruções. Sujeito a modificações técnicas e erros.</t>
   </si>
   <si>
-    <t>Gerado em 06/10/2025, 09:17</t>
+    <t>Gerado em 10/10/2025, 14:54</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>