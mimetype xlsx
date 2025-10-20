--- v0 (2025-10-19)
+++ v1 (2025-10-20)
@@ -318,51 +318,51 @@
   <si>
     <t>Kontakternas material, elektriskt</t>
   </si>
   <si>
     <t>Magnet: 1 NO/1 NC contact, Key-operated selector switch: 1 NO/2 NC, NC contacts in series</t>
   </si>
   <si>
     <t>Leveransomfång</t>
   </si>
   <si>
     <t>Nyckel och trekantverktyg ingår i leveransomfånget (inkl. 1 nödsituationssnyckel):Nyckel och trekantverktyg ingår i leveransomfånget (inkl. 1 nödsituationssnyckel)</t>
   </si>
   <si>
     <t>Note (General)</t>
   </si>
   <si>
     <t>se figur: Funktionssätt: Nyckel 1-3 i pos. 1. Magnet strömlös: Nyckelbrytare låst, NC-kontakter slutna, nyckeln kan inte dras utNyckel 1-3 i pos. 1. Magnet strömsatt NC-kontakt öppen: Nyckelbrytare upplåst, NC-kontakter slutna, nyckeln kan inte dras utNyckel 1-3 i pos. 2. Magnet strömsatt NC-kontakt öppen: Nyckelbrytare upplåst, NC-kontakter öppna, det går att dra ur nyckelnTrekantverktyg för manuell tvångsöppning i pos. 3: Nyckelbrytare mekaniskt upplåst, magnet utan funktion, NC-kontakt öppenTrekantverktyg för manuell tvångsöppning i pos.4: Magnet i funktion</t>
   </si>
   <si>
     <t>Schmersal Nordiska AB, F O Petersons gata 28, S-421 31 Västra Frölunda</t>
   </si>
   <si>
     <t>Alla data och värden har kontrollerats noga. Bilder kan avvika från originalet. Ytterligare tekniska data finns i manualen. Tekniska ändringar och fel förbehålles.</t>
   </si>
   <si>
-    <t>Genererat den 2025-10-19 20:54</t>
+    <t>Genererat den 2025-10-20 19:20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>